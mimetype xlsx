--- v0 (2025-12-23)
+++ v1 (2026-02-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Lic ID</t>
   </si>
   <si>
     <t>Lic USER</t>
   </si>
   <si>
     <t>Lic PROGR</t>
   </si>
   <si>
     <t>Lic NUM</t>
   </si>
   <si>
     <t>Lic FECHA</t>
   </si>
   <si>
     <t>Lic MOD01</t>
   </si>
   <si>
     <t>Lic MOD02</t>
   </si>
   <si>
     <t>Lic MOD03</t>
   </si>
   <si>
@@ -93,50 +93,62 @@
     <t>true</t>
   </si>
   <si>
     <t>seobtools</t>
   </si>
   <si>
     <t>seobtopo</t>
   </si>
   <si>
     <t>jorgeascanio</t>
   </si>
   <si>
     <t>eduardoalonso</t>
   </si>
   <si>
     <t>eduardotrazos</t>
   </si>
   <si>
     <t>isidrotoledo</t>
   </si>
   <si>
     <t>pilararanaz</t>
   </si>
   <si>
     <t>juliopalencia</t>
+  </si>
+  <si>
+    <t>isidroparticular</t>
+  </si>
+  <si>
+    <t>31/12/2036</t>
+  </si>
+  <si>
+    <t>seobbc3</t>
+  </si>
+  <si>
+    <t>seobbbdd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -439,60 +451,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O14"/>
+  <dimension ref="A1:O21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.711426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1119,50 +1131,379 @@
       <c r="G14" t="s">
         <v>18</v>
       </c>
       <c r="H14" t="s">
         <v>18</v>
       </c>
       <c r="I14" t="s">
         <v>18</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
         <v>18</v>
       </c>
       <c r="L14" t="s">
         <v>18</v>
       </c>
       <c r="M14" t="s">
         <v>18</v>
       </c>
       <c r="N14" t="s">
         <v>18</v>
       </c>
       <c r="O14" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15">
+      <c r="A15">
+        <v>45</v>
+      </c>
+      <c r="B15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15">
+        <v>1</v>
+      </c>
+      <c r="E15" t="s">
+        <v>28</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" t="s">
+        <v>18</v>
+      </c>
+      <c r="H15" t="s">
+        <v>18</v>
+      </c>
+      <c r="I15" t="s">
+        <v>18</v>
+      </c>
+      <c r="J15" t="s">
+        <v>18</v>
+      </c>
+      <c r="K15" t="s">
+        <v>18</v>
+      </c>
+      <c r="L15" t="s">
+        <v>18</v>
+      </c>
+      <c r="M15" t="s">
+        <v>18</v>
+      </c>
+      <c r="N15" t="s">
+        <v>18</v>
+      </c>
+      <c r="O15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15">
+      <c r="A16">
+        <v>46</v>
+      </c>
+      <c r="B16" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" t="s">
+        <v>18</v>
+      </c>
+      <c r="H16" t="s">
+        <v>18</v>
+      </c>
+      <c r="I16" t="s">
+        <v>18</v>
+      </c>
+      <c r="J16" t="s">
+        <v>18</v>
+      </c>
+      <c r="K16" t="s">
+        <v>18</v>
+      </c>
+      <c r="L16" t="s">
+        <v>18</v>
+      </c>
+      <c r="M16" t="s">
+        <v>18</v>
+      </c>
+      <c r="N16" t="s">
+        <v>18</v>
+      </c>
+      <c r="O16" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15">
+      <c r="A17">
+        <v>47</v>
+      </c>
+      <c r="B17" t="s">
+        <v>15</v>
+      </c>
+      <c r="C17" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" t="s">
+        <v>18</v>
+      </c>
+      <c r="H17" t="s">
+        <v>18</v>
+      </c>
+      <c r="I17" t="s">
+        <v>18</v>
+      </c>
+      <c r="J17" t="s">
+        <v>18</v>
+      </c>
+      <c r="K17" t="s">
+        <v>18</v>
+      </c>
+      <c r="L17" t="s">
+        <v>18</v>
+      </c>
+      <c r="M17" t="s">
+        <v>18</v>
+      </c>
+      <c r="N17" t="s">
+        <v>18</v>
+      </c>
+      <c r="O17" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15">
+      <c r="A18">
+        <v>48</v>
+      </c>
+      <c r="B18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18">
+        <v>1</v>
+      </c>
+      <c r="E18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H18" t="s">
+        <v>18</v>
+      </c>
+      <c r="I18" t="s">
+        <v>18</v>
+      </c>
+      <c r="J18" t="s">
+        <v>18</v>
+      </c>
+      <c r="K18" t="s">
+        <v>18</v>
+      </c>
+      <c r="L18" t="s">
+        <v>18</v>
+      </c>
+      <c r="M18" t="s">
+        <v>18</v>
+      </c>
+      <c r="N18" t="s">
+        <v>18</v>
+      </c>
+      <c r="O18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15">
+      <c r="A19">
+        <v>49</v>
+      </c>
+      <c r="B19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19">
+        <v>1</v>
+      </c>
+      <c r="E19" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" t="s">
+        <v>18</v>
+      </c>
+      <c r="H19" t="s">
+        <v>18</v>
+      </c>
+      <c r="I19" t="s">
+        <v>18</v>
+      </c>
+      <c r="J19" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" t="s">
+        <v>18</v>
+      </c>
+      <c r="L19" t="s">
+        <v>18</v>
+      </c>
+      <c r="M19" t="s">
+        <v>18</v>
+      </c>
+      <c r="N19" t="s">
+        <v>18</v>
+      </c>
+      <c r="O19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15">
+      <c r="A20">
+        <v>50</v>
+      </c>
+      <c r="B20" t="s">
+        <v>22</v>
+      </c>
+      <c r="C20" t="s">
+        <v>30</v>
+      </c>
+      <c r="D20">
+        <v>1</v>
+      </c>
+      <c r="E20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" t="s">
+        <v>18</v>
+      </c>
+      <c r="H20" t="s">
+        <v>18</v>
+      </c>
+      <c r="I20" t="s">
+        <v>18</v>
+      </c>
+      <c r="J20" t="s">
+        <v>18</v>
+      </c>
+      <c r="K20" t="s">
+        <v>18</v>
+      </c>
+      <c r="L20" t="s">
+        <v>18</v>
+      </c>
+      <c r="M20" t="s">
+        <v>18</v>
+      </c>
+      <c r="N20" t="s">
+        <v>18</v>
+      </c>
+      <c r="O20" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15">
+      <c r="A21">
+        <v>51</v>
+      </c>
+      <c r="B21" t="s">
+        <v>22</v>
+      </c>
+      <c r="C21" t="s">
+        <v>29</v>
+      </c>
+      <c r="D21">
+        <v>1</v>
+      </c>
+      <c r="E21" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" t="s">
+        <v>18</v>
+      </c>
+      <c r="H21" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21" t="s">
+        <v>18</v>
+      </c>
+      <c r="J21" t="s">
+        <v>18</v>
+      </c>
+      <c r="K21" t="s">
+        <v>18</v>
+      </c>
+      <c r="L21" t="s">
+        <v>18</v>
+      </c>
+      <c r="M21" t="s">
+        <v>18</v>
+      </c>
+      <c r="N21" t="s">
+        <v>18</v>
+      </c>
+      <c r="O21" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>